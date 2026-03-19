--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -54,611 +54,611 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Executivo Municipal - PM</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_no_001-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição da República Federativa do Brasil, e dá outras providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA E O SISTEMA DE SEGURANÇA ALIMENTAR E NUTRICIONAL, NO ÂMBITO DO MUNICÍPIO DE SÍTIO NOVO/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_003-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da Política Municipal de Habitação de Interesse Social, reestrutura o fundo municipal de habitação de interesse social - FHIS e Conselho Gestor do FHIS do Município de Sítio Novo/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Sítio Novo - PMSN</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_executivo_no_04-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_executivo_no_04-2025.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei Municipal nº 518/2025, que dispões sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público no âmbito do Município de Sitio Novo/RN</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/52/projeto_de_lei_executivo_no_05-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/52/projeto_de_lei_executivo_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal Nº 470/2021 que criou sobre o prêmio de incentivo financeiro variável por desempenho dos profissionais da atenção básica no município de Sitio Novo/RN</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_executivo_no_06-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_executivo_no_06-2025.pdf</t>
   </si>
   <si>
     <t>Denomina a Escola de Ensino Infantil localizada no distrito de Serra da Tapuia, no município de Sitio Novo/RN, como Escola Professora Maria Lúcia Lima de Oliveira (in memoriam).</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/54/projeto_de_lei_executivo_no_07-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/54/projeto_de_lei_executivo_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e funcionamento do Conselho Municipal de Turismo - COMTUR, institui o fundo municipal de turismo - FUMTUR, e dá outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_executivo_no_08-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_executivo_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para a elaboração do Orçamento Geral do Município de Sítio Novo para o exercício de 2026, e dá outras providências</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_executivo_no_09-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_executivo_no_09-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a associação do Município de Sítio Novo-RN à Associação da Instância de Governança Regional do Trairi - IGR TRAIRI e dá outras providências.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Vitoria Mafra</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_no_01.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_no_01.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal o Sindicato dos Trabalhadores Rurais de Sítio Novo/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_02.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_02.pdf</t>
   </si>
   <si>
     <t>Reconhece como Patrimônio Cultural e Religioso do Município de Sítio Novo/RN, a tradicional Festa de São Sebastião e dá outras providências</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/35/decreto_legislativo_no_01_de_04_de_fevereiro_de_2025..pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/35/decreto_legislativo_no_01_de_04_de_fevereiro_de_2025..pdf</t>
   </si>
   <si>
     <t>Regulamenta sobre o percentual máximo das consignações em folha de pagamento dos vereadores, dos servidores efetivos e comissionados da Câmara Municipal de Sítio Novo, Estado do Rio Grande do Norte.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/36/decreto_legislativo_no_02-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/36/decreto_legislativo_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a decretação de Ponto Facultativo na Câmara Municipal de Sítio Novo/RN, nos dias 03, 04 e 05 de março de 2025, em razão das festividades de Carnaval, e dá outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/37/decreto_legislativo_no_03-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/37/decreto_legislativo_no_03-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DECLARAÇÃO DE PONTO FACULTATIVO NO ÂMBITO DA CÂMARA MUNICIPAL DE SÍTIO NOVO/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/38/decreto_legislativo_no_04-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/38/decreto_legislativo_no_04-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DECLARAÇÃO DE PONTO FACULTATIVO NO DIA 02 DE MAIO DE 2025, NO ÂMBITO DA CÂMARA MUNICIPAL DE SÍTIO NOVO/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Uesclay Carneiro</t>
   </si>
   <si>
     <t>Pedido de reativação da estrada vicinal que liga a Vila do Assentamento Pedra de São Pedro ao Sítio Serra do Gavião, no município de Sítio Novo/RN.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no_002_2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no_002_2025.pdf</t>
   </si>
   <si>
     <t>Pedido para a instalação de lombadas na Rua Ferreira Chicó, visando a segurança dos pedestres e motoristas.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Carmem Emanuelle</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no_003_2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no_003_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação para reparos na pavimentação da Rua Sebastião Lourenço de Carvalho e construção de um redutor de velocidade (quebra-mola) para garantir maior segurança aos moradores e condutores.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no_004_2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no_004_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de manutenção e reparos necessários no Ginásio Esportivo do distrito da Serra da Tapuia, bem como a realização e continuidade, no ano de 2025, das tradicionais Copas de São Sebastião e São Francisco.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_005_2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_005_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Informações sobre a Farmácia Básica e Agendamento de Visitas às Unidades de Saúde.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Vitoria Mafra, Carmem Emanuelle, Janiere Ferreira, José Helio, José Valderi, Margarida do Desterro, Maria Janileide, Maria Judrene, Uesclay Carneiro</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_no_006_2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_no_006_2025.pdf</t>
   </si>
   <si>
     <t>Denominação da Escola de Ensino Infantil no distrito Serra da Tapuia como Escola Professora Maria Lúcia Lima de Oliveira (In Memoriam).</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no_007_2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no_007_2025.pdf</t>
   </si>
   <si>
     <t>Vereadora que este subscreve, no uso de suas atribuições legais e regimentais, vem_x000D_
 respeitosamente requerer: _x000D_
 _x000D_
 ● Os motoristas vinculados à Secretaria Municipal de Saúde;_x000D_
 ● Os servidores que atuam na função de gari, responsáveis pela limpeza urbana do_x000D_
 município.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Maria Janileide</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_no_08-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de um carro para esgotamento de fossas sépticas no Distrito Serra da Tapuia e na sede do município de Sítio Novo/RN, atendendo às residências que ainda não são contempladas com sistema de saneamento básico.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/58/oficio_no_50.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/58/oficio_no_50.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento Nº 01/2025</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/59/oficio_no_51.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/59/oficio_no_51.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento Nº 02/2025</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/60/oficio_no_52.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/60/oficio_no_52.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento Nº 03/2025</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/61/oficio_no_53.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/61/oficio_no_53.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento Nº 04/2025</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/62/oficio_no_54.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/62/oficio_no_54.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento Nº 05/2025</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/63/oficio_no_55.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/63/oficio_no_55.pdf</t>
   </si>
   <si>
     <t>Resposta ao Requerimento Nº 06/2025</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/70/oficio_no_96.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/70/oficio_no_96.pdf</t>
   </si>
   <si>
     <t>Encaminhamos, para apreciação dessa respeitável Casa Legislativa, o Projeto de Lei nº 004, de 08 de julho de 2025, que dispõe sobre a adesão do Município de Sítio Novo/RN à Associação da Instância de Governança Regional do Trairi – IGR TRAIRI, com sede em Santa Cruz/RN, entidade civil sem fins lucrativos que congrega municípios da região com o objetivo de fomentar políticas públicas integradas de regionalização do turismo.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_resolucao_no_001-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_resolucao_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação da Procuradoria da Mulher no âmbito da Câmara Municipal, do Município de Sítio Novo/RN e dá outras providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_resolucao_no_002-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_resolucao_no_002-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DA LEI GERAL DE PROTEÇÃO DE DADOS (LGPD) NO ÂMBITO DA CÂMARA MUNICIPAL DE SÍTIO NOVO/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Vitoria Mafra, Janiere Ferreira, Margarida do Desterro, Uesclay Carneiro</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_resolucao_no_003-2025.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_resolucao_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação da Lei Federal nº 12.527, de 18 de novembro de 2011 - Lei de Acesso à Informação - LAI - no âmbito da Câmara Municipal de SÍTIO NOVO/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer de Comissão</t>
   </si>
   <si>
     <t>COSP - COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/42/parecer_no_01_-_comissao_de_obras_e_servicos_publicos_municipais.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/42/parecer_no_01_-_comissao_de_obras_e_servicos_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre  a  política  municipal  de  habitação  de  interesse  social, reestrutura  o  Fundo  Municipal  de  Habitação  de  Interesse  Social  (  FHIS  )  e  o  Conselho Gestor do  FHIS  do município de Sítio Novo/RN, e dá  outras providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>CESAS - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/43/parecer_no_01_-_comissao_de_educacao_saude_assistencia_social_e_demais_assuntos_municipa.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/43/parecer_no_01_-_comissao_de_educacao_saude_assistencia_social_e_demais_assuntos_municipa.pdf</t>
   </si>
   <si>
     <t>Que  dispõe  sobre  a  política  e  o  sistema  de  segurança  alimentar  e  nutricional  no âmbito do município de Sítio Novo/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/44/parecer_no_08_-_comissao_de_financas_e_orcamento.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/44/parecer_no_08_-_comissao_de_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>Dispõe  acerca  da  política  municipal  de  habitação  de  interesse  social, reestrutura  o  Fundo  Municipal  de  Habitação  de  Interesse  Social  (FHIS)  e  o  Conselho Gestor do FHIS do município de Sítio Novo/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Dispõe  sobre  a  política  e  o  sistema  de  segurança  alimentar  e  nutricional no âmbito do município de Sítio Novo/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/46/parecer_no_06_-_comissao_de_financas_e_orcamento.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/46/parecer_no_06_-_comissao_de_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre  a  contratação  por  tempo  determinado  para  atender  a necessidade  temporária  de  excepcional  interesse  público,  nos  termos  do  inciso  IX do  artigo  37  da  Constituição  República  Federativa  do  Brasil,  e  dá  outras providências</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/47/parecer_no_08_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/47/parecer_no_08_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe  acerca  da  política  municipal  de  habitação  de  interesse  social, reestrutura  o  Fundo  Municipal  de  Habitação  de  Interesse  Social  (FHIS)  e  o  Conselho Gestor do FHIS do município de Sítio Novo/RN, e dá outras providências</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/48/parecer_no_07_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/48/parecer_no_07_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre  a  política  e  o  sistema  de  segurança  alimentar  e  nutricional,  no âmbito do município de Sítio Novo/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/49/parecer_no_06_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/49/parecer_no_06_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre  a  contratação  por  tempo  determinado  para  atender  a necessidade  temporária  de  excepcional  interesse  público,  nos  termos  do  inciso IX  do  art.  37  da  Constituição  da  República  Federativa  do  Brasil,  e  dá  outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/50/parecer_no_09_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/50/parecer_no_09_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre  a  Criação  da  Procuradoria  da  Mulher  no  âmbito  da  Câmara Municipal, do Município de Sítio Novo/RN e dá outras providências</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/56/parecer_no_10_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/56/parecer_no_10_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Aplicação da Lei Geral de Proteção de Dados (LGPD) no Âmbito da Câmara Municipal de Sítio Novo/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/57/parecer_no_11_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/57/parecer_no_11_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação da Lei Federal nº 12.527, de 18 de novembro de 2011 - Lei de Acesso à Informação - LAI - no âmbito da Câmara Municipal de Sítio Novo/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/66/parecer_no_12_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/66/parecer_no_12_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Regulamenta e estabelece critérios para concessão de Título de Cidadão e MedalhaTapuíus no âmbito da Câmara Municipal de Sítio Novo, e dá outras providências.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/67/parecer_no_13_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/67/parecer_no_13_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/72/parecer_no_14_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/72/parecer_no_14_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para a elaboração do Orçamento Geral do Município de Sítio Novo para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/73/parecer_no_15_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/73/parecer_no_15_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Reconhece como Patrimônio Cultural e Religioso do Município de Sítio Novo/RN, a tradicional Festa de São Sebastião e dá outras providências.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/74/parecer_no_16_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/74/parecer_no_16_-_comissao_de_legislacao_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre  a  associação  do  Município  de  Sítio  Novo-RN  à  Associação  da Instância de Governança Regional do Trairi - IGR TRAIRI e dá outras providências.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_de_decreto_legislativo_no_01.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_de_decreto_legislativo_no_01.pdf</t>
   </si>
   <si>
     <t>Regulamenta e estabelece critérios para concessão de Título de Cidadão e Medalha Tapuíus no âmbito da Câmara Municipal de Sítio Novo, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -965,68 +965,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_executivo_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/52/projeto_de_lei_executivo_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_executivo_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/54/projeto_de_lei_executivo_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_executivo_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_executivo_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_no_01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_02.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/35/decreto_legislativo_no_01_de_04_de_fevereiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/36/decreto_legislativo_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/37/decreto_legislativo_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/38/decreto_legislativo_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no_002_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no_003_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no_004_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_005_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_no_006_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no_007_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/58/oficio_no_50.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/59/oficio_no_51.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/60/oficio_no_52.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/61/oficio_no_53.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/62/oficio_no_54.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/63/oficio_no_55.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/70/oficio_no_96.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/42/parecer_no_01_-_comissao_de_obras_e_servicos_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/43/parecer_no_01_-_comissao_de_educacao_saude_assistencia_social_e_demais_assuntos_municipa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/44/parecer_no_08_-_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/46/parecer_no_06_-_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/47/parecer_no_08_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/48/parecer_no_07_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/49/parecer_no_06_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/50/parecer_no_09_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/56/parecer_no_10_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/57/parecer_no_11_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/66/parecer_no_12_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/67/parecer_no_13_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/72/parecer_no_14_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/73/parecer_no_15_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/74/parecer_no_16_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_de_decreto_legislativo_no_01.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/51/projeto_de_lei_executivo_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/52/projeto_de_lei_executivo_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_de_lei_executivo_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/54/projeto_de_lei_executivo_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/68/projeto_de_lei_executivo_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/71/projeto_de_lei_executivo_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/65/projeto_de_lei_no_01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/69/projeto_de_lei_no_02.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/35/decreto_legislativo_no_01_de_04_de_fevereiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/36/decreto_legislativo_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/37/decreto_legislativo_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/38/decreto_legislativo_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/26/requerimento_no_002_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/27/requerimento_no_003_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/28/requerimento_no_004_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/29/requerimento_no_005_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_no_006_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_no_007_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/58/oficio_no_50.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/59/oficio_no_51.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/60/oficio_no_52.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/61/oficio_no_53.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/62/oficio_no_54.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/63/oficio_no_55.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/70/oficio_no_96.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/32/projeto_de_resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/42/parecer_no_01_-_comissao_de_obras_e_servicos_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/43/parecer_no_01_-_comissao_de_educacao_saude_assistencia_social_e_demais_assuntos_municipa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/44/parecer_no_08_-_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/46/parecer_no_06_-_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/47/parecer_no_08_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/48/parecer_no_07_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/49/parecer_no_06_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/50/parecer_no_09_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/56/parecer_no_10_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/57/parecer_no_11_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/66/parecer_no_12_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/67/parecer_no_13_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/72/parecer_no_14_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/73/parecer_no_15_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/74/parecer_no_16_-_comissao_de_legislacao_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_de_decreto_legislativo_no_01.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="131.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="161.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="160.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>