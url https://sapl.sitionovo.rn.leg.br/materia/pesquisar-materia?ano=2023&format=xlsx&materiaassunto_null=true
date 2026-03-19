--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -54,299 +54,299 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Sítio Novo - PMSN</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/18/projeto_de_lei_no_001-2023_-_dispoe_sobre_o_reajuste_de_salario_de_servidores_publicos_municipal_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/18/projeto_de_lei_no_001-2023_-_dispoe_sobre_o_reajuste_de_salario_de_servidores_publicos_municipal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o reajuste de salário de servidores públicos municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Executivo Municipal - PM</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_no_002-2023_-_dispoe_sobre_a_obrigatoriedade_da_presenca_de_guia_ou_condutor_de_turismo_local_em_grupos_ou_excursoes_de_turistas_no_territorio_municipal_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_no_002-2023_-_dispoe_sobre_a_obrigatoriedade_da_presenca_de_guia_ou_condutor_de_turismo_local_em_grupos_ou_excursoes_de_turistas_no_territorio_municipal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade da presença de Guia ou Condutor de Turismo Local em grupos ou excursões de turistas no território municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_no_003-2023_-_altera_o_inciso_iv_do_art._2o_da_lei_no_434-2017_e___da_outras_providencias..pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_no_003-2023_-_altera_o_inciso_iv_do_art._2o_da_lei_no_434-2017_e___da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera o inciso IV do Art. 2º da Lei Nº 434/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_no_004-2023_-_dispoe_sobre_o_reajuste_de_salario_de_servidores_publicos_municipal_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_no_004-2023_-_dispoe_sobre_o_reajuste_de_salario_de_servidores_publicos_municipal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_no_005-2023_-_dispoe_sobre_atualizacao_do_piso_salarial_profissional_e_reajuste_dos_vencimentos_dos_profissionais_da_educacao_basica.docx_1.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_no_005-2023_-_dispoe_sobre_atualizacao_do_piso_salarial_profissional_e_reajuste_dos_vencimentos_dos_profissionais_da_educacao_basica.docx_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre atualização do piso salarial profissional e reajuste dos vencimentos dos Profissionais da Educação Básica e a modificação da Lei Municipal nº 371/2013 na forma que indica e dá outras providências.”</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_no_006-2023246.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_no_006-2023246.pdf</t>
   </si>
   <si>
     <t>"Altera o § 3^ do art.15 da LEI MUNICIPAL N° 486/2022_x000D_
 e dá outras providências."</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_no_007-2023_-_altera_programa_de_parcerias.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_no_007-2023_-_altera_programa_de_parcerias.pdf</t>
   </si>
   <si>
     <t>Altera o art. 7º e o art. 29, inciso IV da Lei Municipal nº 491/2022 que dispõe sobre o Programa Municipal de Parcerias Público-Privadas e Concessões do Município de Sítio Novo/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Vitoria Mafra, José Correia, Maria Janileide, Maria Judrene</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_no001-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_no001-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia do Vaqueiro no Município de Sítio Novo/RN.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Vitoria Mafra</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/17/decreto_legislativo_n_001-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/17/decreto_legislativo_n_001-2023.pdf</t>
   </si>
   <si>
     <t>DECLARA FACULTATIVO O PONTO DO DIA 20 DE FEVEREIRO DE_x000D_
 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Margarida do Desterro</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n001-2023_-_ver._margarida_do_desterro_da_silva_10-03-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n001-2023_-_ver._margarida_do_desterro_da_silva_10-03-2023.pdf</t>
   </si>
   <si>
     <t>Ampliação do Cemitério Público do Distrito Serra da Tapuia, município de Sítio Novo/RN.</t>
   </si>
   <si>
     <t>José Correia</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n001-2023_-_ver._jose_correia_de_oliveira_neto_24-03-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n001-2023_-_ver._jose_correia_de_oliveira_neto_24-03-2023.pdf</t>
   </si>
   <si>
     <t>Construção de um Centro de Velório no Distrito Serra da Tapuia e um Centro de Velório na sede do município de Sítio Novo/RN.</t>
   </si>
   <si>
     <t>Inácio Damião</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n001-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n001-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada que liga o Sítio Catolé ao Sítio Tanque da Vaca.</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n002-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n002-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf</t>
   </si>
   <si>
     <t>Reparo da iluminação pública, com a substituição das lâmpadas queimadas do Distrito Serra da Tapuia.</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n003-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n003-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf</t>
   </si>
   <si>
     <t>Construção do sistema de drenagem para escoamento de água da chuva na rua José Machado de Souza, no Distrito Serra da Tapuia, no trecho localizado entre o mercadinho de Toinho Gonçalo e o material de construção sonho de um lar.</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_n004-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_n004-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf</t>
   </si>
   <si>
     <t>para que o Cemitério Público localizado no Distrito Serra da Tapuia, Município de Sítio Novo/RN, seja denominado como "CEMITÉRIO PÚBLICO Francisco de Assis".</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_n002-2023_-_ver._jose_correia_de_oliveira_neto_14-04-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_n002-2023_-_ver._jose_correia_de_oliveira_neto_14-04-2023.pdf</t>
   </si>
   <si>
     <t>Instalação de um Relógio Digital com Termômetro no Distrito Serra da Tapuia, Município de Sítio Novo/RN.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n003-2023_-_ver._jose_correia_de_oliveira_neto_14-04-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n003-2023_-_ver._jose_correia_de_oliveira_neto_14-04-2023.pdf</t>
   </si>
   <si>
     <t>Ampliação do Cemitério Público localizado na sede deste município.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_n002-2023_-_ver._margarida_do_desterro_da_silva_14-04-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_n002-2023_-_ver._margarida_do_desterro_da_silva_14-04-2023.pdf</t>
   </si>
   <si>
     <t>Retomada a pavimentação da rua conhecida por, "Rua de Mauricio Lucas", localizada no Distrito da Serra da Tapuia, Município de Sítio Novo/RN.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Maria Janileide</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n001-2023_-_ver._maria_janileide_de_souza_dantas_02-06-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n001-2023_-_ver._maria_janileide_de_souza_dantas_02-06-2023.pdf</t>
   </si>
   <si>
     <t>Contemplação do calçamento do Assenamento Pedra de São Pedro, município de Sítio Novo/RN.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Adegilson Gonçalo</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n002-2023_-_ver._adegilson_goncalo_de_souza_16-06-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n002-2023_-_ver._adegilson_goncalo_de_souza_16-06-2023.pdf</t>
   </si>
   <si>
     <t>Instalação de uma antena de telefonia móvel VIVO, no Distrito da Serra da Tapuia, município de Sítio Novo/RN.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_003-2023_-_ver._margarida_do_desterro_da_silva_18-08-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_003-2023_-_ver._margarida_do_desterro_da_silva_18-08-2023.pdf</t>
   </si>
   <si>
     <t>Solicitação para que determine o setor competente por meio da Secretaria Municipal de Obras e Serviços Urbanos que seja providenciada a recuperação das estradas vicinal do Sítio Tanque da Vaca, município de Sítio Novo/RN, bem como possível colocação de piçarra nos pontos mais críticos da referida estrada.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>José Valderi</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n01-2023_-_ver._jose_valderi_da_silva_29-09-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n01-2023_-_ver._jose_valderi_da_silva_29-09-2023.pdf</t>
   </si>
   <si>
     <t>Construção de um novo "CEMITÉRIO" na sede do município.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_resolucao_n001-2023.pdf</t>
+    <t>http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_resolucao_n001-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos do Regimento Interno da Câmara Municipal de Sítio Novo e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -653,51 +653,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/18/projeto_de_lei_no_001-2023_-_dispoe_sobre_o_reajuste_de_salario_de_servidores_publicos_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_no_002-2023_-_dispoe_sobre_a_obrigatoriedade_da_presenca_de_guia_ou_condutor_de_turismo_local_em_grupos_ou_excursoes_de_turistas_no_territorio_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_no_003-2023_-_altera_o_inciso_iv_do_art._2o_da_lei_no_434-2017_e___da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_no_004-2023_-_dispoe_sobre_o_reajuste_de_salario_de_servidores_publicos_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_no_005-2023_-_dispoe_sobre_atualizacao_do_piso_salarial_profissional_e_reajuste_dos_vencimentos_dos_profissionais_da_educacao_basica.docx_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_no_006-2023246.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_no_007-2023_-_altera_programa_de_parcerias.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_no001-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/17/decreto_legislativo_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n001-2023_-_ver._margarida_do_desterro_da_silva_10-03-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n001-2023_-_ver._jose_correia_de_oliveira_neto_24-03-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n001-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n002-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n003-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_n004-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_n002-2023_-_ver._jose_correia_de_oliveira_neto_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n003-2023_-_ver._jose_correia_de_oliveira_neto_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_n002-2023_-_ver._margarida_do_desterro_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n001-2023_-_ver._maria_janileide_de_souza_dantas_02-06-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n002-2023_-_ver._adegilson_goncalo_de_souza_16-06-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_003-2023_-_ver._margarida_do_desterro_da_silva_18-08-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n01-2023_-_ver._jose_valderi_da_silva_29-09-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_resolucao_n001-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/18/projeto_de_lei_no_001-2023_-_dispoe_sobre_o_reajuste_de_salario_de_servidores_publicos_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_no_002-2023_-_dispoe_sobre_a_obrigatoriedade_da_presenca_de_guia_ou_condutor_de_turismo_local_em_grupos_ou_excursoes_de_turistas_no_territorio_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_no_003-2023_-_altera_o_inciso_iv_do_art._2o_da_lei_no_434-2017_e___da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_no_004-2023_-_dispoe_sobre_o_reajuste_de_salario_de_servidores_publicos_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_no_005-2023_-_dispoe_sobre_atualizacao_do_piso_salarial_profissional_e_reajuste_dos_vencimentos_dos_profissionais_da_educacao_basica.docx_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_lei_no_006-2023246.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_no_007-2023_-_altera_programa_de_parcerias.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/15/projeto_de_lei_no001-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/17/decreto_legislativo_n_001-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/2/requerimento_n001-2023_-_ver._margarida_do_desterro_da_silva_10-03-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_n001-2023_-_ver._jose_correia_de_oliveira_neto_24-03-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_n001-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_n002-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_n003-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_n004-2023_-_ver._inacio_damiao_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_n002-2023_-_ver._jose_correia_de_oliveira_neto_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_n003-2023_-_ver._jose_correia_de_oliveira_neto_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/10/requerimento_n002-2023_-_ver._margarida_do_desterro_da_silva_14-04-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_n001-2023_-_ver._maria_janileide_de_souza_dantas_02-06-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/12/requerimento_n002-2023_-_ver._adegilson_goncalo_de_souza_16-06-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/13/requerimento_n_003-2023_-_ver._margarida_do_desterro_da_silva_18-08-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/14/requerimento_n01-2023_-_ver._jose_valderi_da_silva_29-09-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.sitionovo.rn.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_resolucao_n001-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>